--- v0 (2025-11-28)
+++ v1 (2026-03-20)
@@ -54,51 +54,51 @@
   <si>
     <t>ordem dia</t>
   </si>
   <si>
     <t>Requerimento de Urgência Especial nº 14 de 2025</t>
   </si>
   <si>
     <t>Maioria</t>
   </si>
   <si>
     <t>Requerimento de Urgência Especial aos Projetos de Lei nºs 079, 105, 111 e 114 de 2025.</t>
   </si>
   <si>
     <t>Matéria Protocolada</t>
   </si>
   <si>
     <t>Requerimento de Urgência Especial nº 15 de 2025</t>
   </si>
   <si>
     <t>Requerimento de Urgência Especial aos Projetos de Lei nºs 115, 116 e 117 de 2025.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 102 de 2025</t>
   </si>
   <si>
-    <t>Mario Pires de Oliveira - Advogado</t>
+    <t>Mario Pires de Oliveira - Prefeito Municipal</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de uma Rua no Bairro Campo Verde e dá outras providências. (Rua Ramiro Paulo Carvalho".</t>
   </si>
   <si>
     <t>Proposição inclusa na Ordem do Dia</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 103 de 2025</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de uma Rua no Bairro Campo Verde e dá outras providências. (Rua Joviano Godinho)</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 104 de 2025</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de uma Rua no Bairro Campo Verde e dá outras providências. (Rua Família Godinho e Silva)</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 106 de 2025</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de uma Rua no Bairro Campo Verde e dá outras providências. (Rua José Manoel Ferreira)</t>
   </si>
@@ -609,51 +609,51 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="44.5703125" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="31.5703125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="39.140625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="202.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="33.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">