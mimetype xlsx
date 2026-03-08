--- v0 (2025-11-28)
+++ v1 (2026-03-08)
@@ -60,51 +60,51 @@
   <si>
     <t>Maioria</t>
   </si>
   <si>
     <t>Requerimento de Urgência Especial aos Projetos de Lei nºs 077, 095 e 096 de 2025</t>
   </si>
   <si>
     <t>Matéria Protocolada</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 92 de 2025</t>
   </si>
   <si>
     <t>Câmara Municipal - CM</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de cargos na Câmara Municipal da Estância Turística de Ibiúna. (15 cargos de Assessor Parlamentar I)</t>
   </si>
   <si>
     <t>Proposição aprovada em 1º turno</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 77 de 2025</t>
   </si>
   <si>
-    <t>Mario Pires de Oliveira - Advogado</t>
+    <t>Mario Pires de Oliveira - Prefeito Municipal</t>
   </si>
   <si>
     <t>Atualiza a Lei que cria o Fundo Social de Solidariedade e dá outras providências.</t>
   </si>
   <si>
     <t>Proposição distribuída às comissões</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 95 de 2025</t>
   </si>
   <si>
     <t>Dispõe sobre a qualificação de entidades sem fins lucrativos como organizações sociais e dá outras providências</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 96 de 2025</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração de metas e diretrizes ao PPA 2022/2025, LDO para 2025 e a abertura de Crédito Adicional Suplementar ao Orçamento de 2025 e dá outras providências. ( Recursos do Governo Federal para a Secretaria de Saúde - Programa Atenção à Saúde da População)</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
     <t>Requerimento nº 56 de 2025</t>
   </si>
@@ -531,51 +531,51 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="44.5703125" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="31.5703125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="39.140625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="245" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="33.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">